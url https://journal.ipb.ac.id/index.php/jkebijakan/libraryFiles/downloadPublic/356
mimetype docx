--- v0 (2026-01-12)
+++ v1 (2026-03-18)
@@ -1,61 +1,61 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/word/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="4E48B551" w14:textId="77777777" w:rsidR="00A92532" w:rsidRDefault="00A92532" w:rsidP="00CD130F">
       <w:pPr>
         <w:pStyle w:val="JRKPLTitle"/>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5660BC64" w14:textId="11B6F3E3" w:rsidR="002A218F" w:rsidRPr="00644A95" w:rsidRDefault="002A218F" w:rsidP="00CD130F">
       <w:pPr>
         <w:pStyle w:val="JRKPLTitle"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00644A95">
         <w:t xml:space="preserve">JUDUL DALAM BAHASA INDONESIA, DITULIS DENGAN HURUF </w:t>
       </w:r>
       <w:r w:rsidR="00644A95" w:rsidRPr="00644A95">
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
         <w:t>GARAMOND</w:t>
       </w:r>
       <w:r w:rsidR="000A74FB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -156,238 +156,379 @@
       <w:r w:rsidR="000A74FB">
         <w:t>Nama Lengkap Tanpa Disingkat</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00371D5E">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00371D5E" w:rsidRPr="00371D5E">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="181DCD00" w14:textId="3A9FC164" w:rsidR="002A218F" w:rsidRPr="000A74FB" w:rsidRDefault="000A74FB" w:rsidP="0033358C">
+    <w:p w14:paraId="58B3AC86" w14:textId="417F6635" w:rsidR="00992585" w:rsidRDefault="000A74FB" w:rsidP="00992585">
       <w:pPr>
         <w:pStyle w:val="JRKPLAuthor"/>
+        <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C1929">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nama</w:t>
       </w:r>
       <w:r w:rsidR="002A218F" w:rsidRPr="008C1929">
-        <w:t xml:space="preserve"> lembaga afiliasi atau instansi, ditulis dengan huruf kecil (</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">) </w:t>
+        <w:t xml:space="preserve"> lembaga afiliasi atau instansi, ditulis dengan huruf kecil </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
         <w:t>Garamond</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00614DCD" w:rsidRPr="008C1929">
         <w:t>12</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00482F7E">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>pt</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...6 lines deleted...]
-      <w:r w:rsidR="00371D5E" w:rsidRPr="008C1929">
+    </w:p>
+    <w:p w14:paraId="181DCD00" w14:textId="7FEE7B00" w:rsidR="002A218F" w:rsidRDefault="00371D5E" w:rsidP="00992585">
+      <w:pPr>
+        <w:pStyle w:val="JRKPLAuthor"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C1929">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00371D5E">
+      <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="000A74FB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Nama </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidR="000A74FB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>afiliasi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="000A74FB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000A74FB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>adalah</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="000A74FB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000A74FB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>nama</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="000A74FB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000A74FB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>institusi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="000A74FB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000A74FB" w:rsidRPr="00992585">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>bukan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002A218F" w:rsidRPr="008C1929">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidR="000A74FB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>nama</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="000A74FB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000A74FB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>jabatan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidR="000A74FB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidR="000A74FB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>profesi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidR="000A74FB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>/status</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="7646E49F" w14:textId="493FEE0E" w:rsidR="00992585" w:rsidRDefault="00992585" w:rsidP="00992585">
+      <w:pPr>
+        <w:pStyle w:val="JRKPLAuthor"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C1929">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nama </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>afiliasi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00992585">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tidak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00992585">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00992585">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mencantumkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> status </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>penulis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>seperti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mahasiswa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>staf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pengajar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lainnya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="4A4E3DDC" w14:textId="64F9F64F" w:rsidR="002A218F" w:rsidRPr="008C1929" w:rsidRDefault="00371D5E" w:rsidP="0033358C">
       <w:pPr>
         <w:pStyle w:val="JRKPLAuthor"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="000A74FB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Email: a</w:t>
       </w:r>
       <w:r w:rsidR="000A74FB">
         <w:t>lamat_korespondensi@</w:t>
       </w:r>
       <w:r w:rsidR="002A218F" w:rsidRPr="008C1929">
         <w:t>email</w:t>
       </w:r>
       <w:r w:rsidR="000A74FB">
@@ -473,1246 +614,1122 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00482F7E">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00644A95">
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
         <w:t>Garamond</w:t>
       </w:r>
       <w:r w:rsidR="00371D5E">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008C1929">
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00614DCD" w:rsidRPr="008C1929">
         <w:t>2</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000A74FB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>pt</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008C1929">
         <w:t xml:space="preserve">. Jarak antarbaris 1 spasi. </w:t>
       </w:r>
       <w:r w:rsidR="003A39DC">
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
-        <w:t xml:space="preserve">Minimal </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">Minimal 150 kata dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="003A39DC">
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
-        <w:t>150 kata</w:t>
-[...26 lines deleted...]
-        </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="00632DB2">
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
         <w:t>aksimal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00632DB2">
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
         <w:t xml:space="preserve"> 200 kata, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00632DB2">
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
         <w:t>tidak</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00632DB2">
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00371D5E">
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
         <w:t>memuat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00632DB2">
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> daftar </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00632DB2">
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
-        <w:t>daftar</w:t>
+        <w:t>pustaka</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00632DB2">
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> dan </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00632DB2">
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
-        <w:t>pustaka</w:t>
+        <w:t>tidak</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00632DB2">
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00632DB2">
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
-        <w:t>dan</w:t>
+        <w:t>mencantumkan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00632DB2">
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00632DB2">
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
-        <w:t>tidak</w:t>
+        <w:t>singkatan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00632DB2">
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00632DB2">
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
-        <w:t>mencantumkan</w:t>
+        <w:t>akronim</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00632DB2">
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00632DB2">
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
-        <w:t>singkatan</w:t>
+        <w:t>atau</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00632DB2">
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00632DB2">
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
-        <w:t>akronim</w:t>
+        <w:t>pengukuran</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00632DB2">
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00632DB2">
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
+        <w:t>kecuali</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>penting</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>Abstrak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>harus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>dimulai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>dengan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>pengantar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>jelas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>dengan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dua </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
         <w:t>atau</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00632DB2">
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00632DB2">
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
-        <w:t>pengukuran</w:t>
+        <w:t>tiga</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00632DB2">
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00632DB2">
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
-        <w:t>kecuali</w:t>
+        <w:t>kalimat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00632DB2">
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00632DB2">
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
-        <w:t>penting</w:t>
+        <w:t>menyebutkan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00632DB2">
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>mengenai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>latar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>belakang</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>riset</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00482F7E">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>Pernyataan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00482F7E">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00482F7E">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>kunci</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00482F7E">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00482F7E">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>dituliskan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00482F7E">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00482F7E">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>secara</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00482F7E">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00482F7E">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>singkat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00482F7E">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pada </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00482F7E">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>abstrak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00482F7E">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00482F7E">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>ini</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00482F7E">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00632DB2">
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
+        <w:t>Kemudian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>nyatakan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00482F7E">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>permasalahan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00482F7E">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00482F7E">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>mendasari</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00482F7E">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00482F7E">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>penelitian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00482F7E">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>secara</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>umum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000A74FB">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Hasil </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000A74FB">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>penelitian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000A74FB">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000A74FB">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>atau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000A74FB">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000A74FB">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>si</w:t>
+      </w:r>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>nopsis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>secara</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>langsung</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>menjawab</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>masalah</w:t>
+      </w:r>
+      <w:r w:rsidR="00371D5E">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>masalah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>dari</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>penelitian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>Berikan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>satu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>atau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dua </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>kalimat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>untuk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>membahas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>temuan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>atau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>prospektif</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00632DB2">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00371D5E">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00371D5E" w:rsidRPr="00244B64">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>Abstrak</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00371D5E" w:rsidRPr="00244B64">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bahasa Indonesia dan Bahasa </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00371D5E" w:rsidRPr="00244B64">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Inggris</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00371D5E" w:rsidRPr="00244B64">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00371D5E" w:rsidRPr="00244B64">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>harus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00371D5E" w:rsidRPr="00244B64">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E71480">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>disajikan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00371D5E" w:rsidRPr="00244B64">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00371D5E" w:rsidRPr="00244B64">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dalam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00371D5E" w:rsidRPr="00244B64">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00371D5E" w:rsidRPr="00244B64">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>satu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00371D5E" w:rsidRPr="00244B64">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00371D5E" w:rsidRPr="00244B64">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>halaman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00371D5E" w:rsidRPr="00244B64">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00371D5E" w:rsidRPr="00244B64">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>penuh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00371D5E" w:rsidRPr="00244B64">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00371D5E" w:rsidRPr="00244B64">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tanpa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00371D5E" w:rsidRPr="00244B64">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00371D5E" w:rsidRPr="00244B64">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>berpindah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00371D5E" w:rsidRPr="00244B64">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00371D5E" w:rsidRPr="00244B64">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>halaman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00371D5E" w:rsidRPr="00244B64">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C0EE1E7" w14:textId="687DD615" w:rsidR="00632DB2" w:rsidRPr="001B6E09" w:rsidRDefault="002A218F" w:rsidP="00632DB2">
+      <w:pPr>
+        <w:pStyle w:val="JRKPLAbstrakKeywords"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C1929">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Kata kunci:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C1929">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00632DB2">
-        <w:rPr>
-[...4 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">maksimum </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3AB4">
+        <w:t>5</w:t>
+      </w:r>
       <w:r w:rsidR="00632DB2">
-        <w:rPr>
-[...931 lines deleted...]
-        <w:t xml:space="preserve">maksimum 6 kata, kata kunci </w:t>
+        <w:t xml:space="preserve"> kata, kata kunci </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="001B6E09">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>diurutkan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="001B6E09">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="001B6E09">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>secara</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="001B6E09">
         <w:rPr>
@@ -1723,112 +1740,112 @@
       <w:r w:rsidR="000A74FB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61FD5C3E" w14:textId="043F6FE4" w:rsidR="002A218F" w:rsidRDefault="002A218F" w:rsidP="00CD130F">
       <w:pPr>
         <w:pStyle w:val="JRKPLAbstrakKeywords"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10B4367A" w14:textId="77777777" w:rsidR="003510A7" w:rsidRPr="008C1929" w:rsidRDefault="003510A7" w:rsidP="00CD130F">
       <w:pPr>
         <w:pStyle w:val="JRKPLAbstrakKeywords"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F4DEF50" w14:textId="1427FC2F" w:rsidR="002A218F" w:rsidRPr="008C1929" w:rsidRDefault="003510A7" w:rsidP="00CD130F">
+    <w:p w14:paraId="5F4DEF50" w14:textId="6E64F5CD" w:rsidR="002A218F" w:rsidRPr="008C1929" w:rsidRDefault="003510A7" w:rsidP="00CD130F">
       <w:pPr>
         <w:pStyle w:val="JRKPLTitleEnglish"/>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">TITLE IN </w:t>
       </w:r>
       <w:r w:rsidR="002A218F" w:rsidRPr="008C1929">
         <w:t xml:space="preserve">ENGLISH VERSION, WRITTEN USING </w:t>
       </w:r>
-      <w:r w:rsidR="00644A95">
-[...3 lines deleted...]
-        <w:t>Garamond</w:t>
+      <w:r w:rsidR="00DB3AB4">
+        <w:rPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>GARAMOND</w:t>
       </w:r>
       <w:r w:rsidR="00644A95">
         <w:t>-12</w:t>
       </w:r>
       <w:r w:rsidR="002A218F" w:rsidRPr="008C1929">
         <w:t xml:space="preserve"> BOLD-ITALIC, </w:t>
       </w:r>
       <w:r w:rsidR="00761AF6">
         <w:br/>
       </w:r>
       <w:r w:rsidR="002A218F" w:rsidRPr="008C1929">
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00B2182D">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="002A218F" w:rsidRPr="008C1929">
         <w:t xml:space="preserve"> WORDS MAXIMUM, ALIGN CENTER</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BE2C207" w14:textId="77777777" w:rsidR="002A218F" w:rsidRPr="008C1929" w:rsidRDefault="002A218F" w:rsidP="002A218F">
       <w:pPr>
         <w:pStyle w:val="JPPMTitleAbstractEnglish"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="553A6AF2" w14:textId="77777777" w:rsidR="002A218F" w:rsidRPr="00644A95" w:rsidRDefault="002A218F" w:rsidP="00644A95">
       <w:pPr>
         <w:pStyle w:val="JRKPLSummaryTitle"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00644A95">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Abstract</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D25AF0A" w14:textId="2876C62A" w:rsidR="002A218F" w:rsidRPr="00371D5E" w:rsidRDefault="002A218F" w:rsidP="00185CD6">
+    <w:p w14:paraId="3D25AF0A" w14:textId="3236BAA6" w:rsidR="002A218F" w:rsidRPr="00371D5E" w:rsidRDefault="002A218F" w:rsidP="00185CD6">
       <w:pPr>
         <w:pStyle w:val="JRKPLAbstractBody"/>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00644A95">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Abstract english version, writte</w:t>
       </w:r>
       <w:r w:rsidR="00644A95" w:rsidRPr="00644A95">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">n using </w:t>
       </w:r>
       <w:r w:rsidR="00644A95" w:rsidRPr="00644A95">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-ID"/>
         </w:rPr>
         <w:t>Garamond</w:t>
@@ -1841,51 +1858,51 @@
       </w:r>
       <w:r w:rsidRPr="00644A95">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00644A95" w:rsidRPr="00644A95">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-ID"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00371D5E">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-ID"/>
         </w:rPr>
         <w:t>pt</w:t>
       </w:r>
       <w:r w:rsidRPr="00644A95">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>, italic. Abstract contain research aim/purpose, method, and reseach results; written in 1 paragraph, single space  among rows, using past tense sentences.</w:t>
+        <w:t>, italic. Abstract contain research aim/purpose, method, and reseach results; written in 1 paragraph, single space among rows, using past tense sentences.</w:t>
       </w:r>
       <w:r w:rsidR="00371D5E">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Abstract in English </w:t>
       </w:r>
       <w:r w:rsidR="00482F7E">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidR="00371D5E">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> be similar with abstract in Bahasa Indonesia.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69B8E667" w14:textId="56AE614B" w:rsidR="002A218F" w:rsidRPr="000A74FB" w:rsidRDefault="002A218F" w:rsidP="00644A95">
       <w:pPr>
@@ -1972,51 +1989,51 @@
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Pernyataan Kunci, </w:t>
       </w:r>
       <w:r w:rsidR="00CD130F">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">aksimal 150 kata. Pernyataan </w:t>
       </w:r>
       <w:r w:rsidR="00EB008A">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>K</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">unci berisi konteks masalah dan urgensinya. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48991491" w14:textId="4725498C" w:rsidR="00A33882" w:rsidRPr="00A33882" w:rsidRDefault="00A33882" w:rsidP="00A33882">
+    <w:p w14:paraId="48991491" w14:textId="4725498C" w:rsidR="00A33882" w:rsidRPr="00CD5ABF" w:rsidRDefault="00A33882" w:rsidP="00A33882">
       <w:pPr>
         <w:pStyle w:val="JRKPLBody"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Pernyataan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
@@ -2164,85 +2181,207 @@
         </w:rPr>
         <w:t>sumber</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>lainnya</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61492685" w14:textId="62333D56" w:rsidR="00A33882" w:rsidRDefault="00A33882" w:rsidP="0047464C">
+    <w:p w14:paraId="653CE92E" w14:textId="157C7DB0" w:rsidR="00CD5ABF" w:rsidRPr="00A33882" w:rsidRDefault="00CD5ABF" w:rsidP="00A33882">
       <w:pPr>
         <w:pStyle w:val="JRKPLBody"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Pernyataan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Kunci</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tidak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>diperkenankan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mencantumkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>citasi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>atau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pustaka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61492685" w14:textId="62333D56" w:rsidR="00A33882" w:rsidRDefault="00A33882" w:rsidP="0047464C">
+      <w:pPr>
+        <w:pStyle w:val="JRKPLBody"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Pernyataan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Kunci</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> yang </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>dicantumkan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>harus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
@@ -2297,101 +2436,78 @@
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>lugas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>padat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> dan </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>jelas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0047464C" w:rsidRPr="0047464C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0047464C" w:rsidRPr="0047464C">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Bagian</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Bagian </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0047464C" w:rsidRPr="0047464C">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ini</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0047464C" w:rsidRPr="0047464C">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0047464C" w:rsidRPr="0047464C">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ditulis</w:t>
       </w:r>
@@ -2620,75 +2736,64 @@
           <w:lang w:val="en-ID"/>
         </w:rPr>
         <w:t>kebijakan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
         <w:t>atau</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00185CD6">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-ID"/>
         </w:rPr>
-        <w:t>sta</w:t>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00185CD6">
+        <w:t>stakeholder</w:t>
+      </w:r>
+      <w:r w:rsidR="000A74FB">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-ID"/>
         </w:rPr>
-        <w:t>keholder</w:t>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
         <w:t>berdasarkan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
@@ -2823,123 +2928,100 @@
       <w:r>
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
         <w:t>ekologi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
         <w:t>lingkungan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
-        <w:t xml:space="preserve">) </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">) dan </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
         <w:t>sosial</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
         <w:t>budaya</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
         <w:t>masyarakat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00185CD6" w:rsidRPr="0047464C">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-ID"/>
         </w:rPr>
-        <w:t>Bagian</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Bagian </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00185CD6" w:rsidRPr="0047464C">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-ID"/>
         </w:rPr>
         <w:t>ini</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00185CD6" w:rsidRPr="0047464C">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-ID"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00185CD6" w:rsidRPr="0047464C">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-ID"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
@@ -3402,107 +3484,79 @@
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>kurang</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>dari</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 5 (</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">) </w:t>
+        <w:t xml:space="preserve"> 5 (lima) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>tahun</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>terakhir</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> dan </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>bersumber</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>dari</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
@@ -3550,172 +3604,574 @@
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>internasional</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r w:rsidR="0047464C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0047464C" w:rsidRPr="0047464C">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Bagian</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Bagian </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0047464C" w:rsidRPr="0047464C">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>ini</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0047464C" w:rsidRPr="0047464C">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0047464C" w:rsidRPr="0047464C">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ditulis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0047464C" w:rsidRPr="0047464C">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0047464C" w:rsidRPr="0047464C">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>untuk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0047464C" w:rsidRPr="0047464C">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0047464C" w:rsidRPr="0047464C">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>menjelaskan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0047464C" w:rsidRPr="0047464C">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0047464C" w:rsidRPr="0047464C">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pentingnya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0047464C" w:rsidRPr="0047464C">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0047464C" w:rsidRPr="0047464C">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kajian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0047464C" w:rsidRPr="0047464C">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0047464C" w:rsidRPr="0047464C">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dilakukan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0047464C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4794431F" w14:textId="34728D6B" w:rsidR="00DB3AB4" w:rsidRDefault="00DB3AB4" w:rsidP="0047464C">
+      <w:pPr>
+        <w:pStyle w:val="JRKPLBody"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Frase</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>berupa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>singkatan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>jika</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sudah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dijelaskan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pada </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>alinea</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sebelumnya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>maka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>cukup</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dituliskan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>singkatannya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>saja</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>seperti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>contoh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>singkatan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Jurnal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Risalah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Kebijakan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Pertanian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Lingkungan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>JRKPL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>ini</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="0047464C" w:rsidRPr="0047464C">
-[...95 lines deleted...]
-      <w:r w:rsidR="0047464C">
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Untuk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>selanjutnya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>cukup</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dituliskan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> JRKPL </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>saja</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C10E4D0" w14:textId="77777777" w:rsidR="00185CD6" w:rsidRDefault="00185CD6" w:rsidP="000A74FB">
       <w:pPr>
         <w:pStyle w:val="JRKPLBody"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1A89DEE7" w14:textId="77777777" w:rsidR="002E4853" w:rsidRDefault="002E4853" w:rsidP="000A74FB">
       <w:pPr>
         <w:pStyle w:val="JRKPLHeading1"/>
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-ID"/>
@@ -3815,275 +4271,238 @@
       <w:r w:rsidR="00DF567E">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>kondisi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00DF567E">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00DF567E">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>pertanian</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00DF567E">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> dan </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00DF567E">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>dan</w:t>
+        <w:t>lingkungan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00DF567E">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00DF567E">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>lingkungan</w:t>
+        <w:t>termutakhir</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00DF567E">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00DF567E">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>termutakhir</w:t>
+        <w:t>sebagai</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00DF567E">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00DF567E">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>sebagai</w:t>
+        <w:t>bagian</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00DF567E">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00DF567E">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>bagian</w:t>
+        <w:t>dari</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00DF567E">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00DF567E">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>dari</w:t>
+        <w:t>ranah</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00DF567E">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00DF567E">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>ranah</w:t>
+        <w:t>Jurnal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00DF567E">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00DF567E">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Jurnal</w:t>
+        <w:t>Risalah</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00DF567E">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00DF567E">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Risalah</w:t>
+        <w:t>Kebijakan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00DF567E">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00DF567E">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Kebijakan</w:t>
+        <w:t>Pertanian</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00DF567E">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> dan </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00DF567E">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Pertanian</w:t>
+        <w:t>Lingkungan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00DF567E">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...26 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (JRKPL)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0047464C" w:rsidRPr="0047464C">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Bagian</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Bagian </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0047464C" w:rsidRPr="0047464C">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>ini</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0047464C" w:rsidRPr="0047464C">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>ini</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0047464C" w:rsidRPr="0047464C">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>harus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A33882" w:rsidRPr="0047464C">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A33882" w:rsidRPr="0047464C">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>disajikan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A33882" w:rsidRPr="0047464C">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -4109,67 +4528,51 @@
           <w:b/>
         </w:rPr>
         <w:t>menggunakan grafik, foto dan grafis</w:t>
       </w:r>
       <w:r w:rsidR="00A33882" w:rsidRPr="0047464C">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> yang </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A33882" w:rsidRPr="0047464C">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>jelas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A33882" w:rsidRPr="0047464C">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> dan </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A33882" w:rsidRPr="0047464C">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>dapat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A33882" w:rsidRPr="0047464C">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A33882" w:rsidRPr="0047464C">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>dibaca</w:t>
       </w:r>
@@ -4214,58 +4617,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
         <w:t>Metod</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">e </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>Penelitian</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00185CD6">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
-        <w:t xml:space="preserve">, berisi antara lain waktu dan tempat penelitian, kerangka logis, metode </w:t>
-[...6 lines deleted...]
-        <w:t>teknik pengambilan data, dan atau informasi lain yang dianggap penting.</w:t>
+        <w:t>, berisi antara lain waktu dan tempat penelitian, kerangka logis, metode teknik pengambilan data, dan atau informasi lain yang dianggap penting.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E8E44ED" w14:textId="47D31E13" w:rsidR="002A218F" w:rsidRPr="008C1929" w:rsidRDefault="002A218F" w:rsidP="000A74FB">
       <w:pPr>
         <w:pStyle w:val="JRKPLBody"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="008C1929">
         <w:t xml:space="preserve">Tabel dituliskan di tengah atau di akhir setiap teks deskripsi hasil/perolehan penelitian. Bila lebar </w:t>
       </w:r>
       <w:r w:rsidR="000A74FB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="008C1929">
         <w:t xml:space="preserve">abel tidak cukup ditulis dalam setengah halaman, maka dapat ditulis </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="005836CF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>dengan</w:t>
@@ -4290,94 +4686,78 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008C1929">
         <w:t>satu halaman</w:t>
       </w:r>
       <w:r w:rsidR="005836CF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="005836CF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>atau</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="005836CF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> dua </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="005836CF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>kolom</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008C1929">
         <w:t xml:space="preserve">. Judul </w:t>
       </w:r>
       <w:r w:rsidR="000A74FB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="008C1929">
         <w:t xml:space="preserve">abel ditulis dari kiri rata tengah, semua kata diawali huruf besar, kecuali kata sambung. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0047464C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Jika</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008C1929">
         <w:t xml:space="preserve"> lebih dari satu baris dituliskan dalam spasi tunggal. Sebagai contoh dapat dilihat</w:t>
       </w:r>
       <w:r w:rsidR="00031D7A">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> pada</w:t>
       </w:r>
       <w:r w:rsidRPr="008C1929">
         <w:t xml:space="preserve"> Tabel 1. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02F6E85B" w14:textId="6735D8B4" w:rsidR="002A218F" w:rsidRPr="00185CD6" w:rsidRDefault="002A218F" w:rsidP="0047464C">
       <w:pPr>
         <w:pStyle w:val="JRKPLTableCaption"/>
       </w:pPr>
       <w:r w:rsidRPr="00185CD6">
         <w:t>Tabel 1.</w:t>
       </w:r>
       <w:r w:rsidR="00632DB2" w:rsidRPr="00185CD6">
         <w:t xml:space="preserve"> Jumlah Responden</w:t>
       </w:r>
       <w:r w:rsidRPr="00185CD6">
         <w:t xml:space="preserve"> </w:t>
@@ -4623,82 +5003,93 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="08083442" w14:textId="77777777" w:rsidR="002A218F" w:rsidRPr="00644A95" w:rsidRDefault="002A218F" w:rsidP="000A74FB">
             <w:pPr>
               <w:pStyle w:val="JRKPLTable"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="624964CF" w14:textId="77777777" w:rsidR="008E254C" w:rsidRDefault="008E254C" w:rsidP="008E254C">
       <w:pPr>
         <w:pStyle w:val="JRKPLBody"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E09E7CF" w14:textId="6E80E7CC" w:rsidR="00CD130F" w:rsidRDefault="00CD130F" w:rsidP="008E254C">
+    <w:p w14:paraId="1E09E7CF" w14:textId="280C0B2B" w:rsidR="00CD130F" w:rsidRDefault="00CD130F" w:rsidP="008E254C">
       <w:pPr>
         <w:pStyle w:val="JRKPLBody"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00CD130F">
-        <w:t>Hasil berupa gambar atau data yang dibuat gambar/skema/grafik/diagram atau sejenisnya pemaparannya juga mengikuti aturan yang ada; judul atau nama gambar ditaruh di bawah gambar, rata tengah, dan diberi jarak 1 spasi dari gambar. Sebagai contoh dapat dilihat pada Gambar 1.</w:t>
+        <w:t xml:space="preserve">Hasil berupa gambar atau data yang dibuat gambar/skema/grafik/diagram atau sejenisnya pemaparannya juga mengikuti aturan yang ada; judul atau nama gambar </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3AB4">
+        <w:t>diletakkan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD130F">
+        <w:t xml:space="preserve"> di bawah gambar, rata tengah, dan diberi jarak 1 spasi dari gambar. Sebagai contoh dapat dilihat pada Gambar 1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3AB4">
+        <w:t xml:space="preserve"> Gambar atau grafik tidak diperkenankan diberi bingkai atau </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3AB4" w:rsidRPr="00DB3AB4">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>frame</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3AB4">
+        <w:t xml:space="preserve"> luar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F15432D" w14:textId="6F654C19" w:rsidR="008E254C" w:rsidRPr="008E254C" w:rsidRDefault="008E254C" w:rsidP="008E254C">
+    <w:p w14:paraId="1F15432D" w14:textId="63EE98E2" w:rsidR="008E254C" w:rsidRPr="008E254C" w:rsidRDefault="008E254C" w:rsidP="008E254C">
       <w:pPr>
         <w:pStyle w:val="JRKPLBody"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jika </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>gambar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>berupa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
@@ -4717,78 +5108,50 @@
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>maka</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>grafik</w:t>
-[...26 lines deleted...]
-        </w:rPr>
         <w:t>harus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>bisa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
@@ -4885,128 +5248,112 @@
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> template </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ini</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Penyesuan</w:t>
+        <w:t>Penyesua</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3AB4">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ia</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>n</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>berupa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>jenis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>huruf</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Garamond, </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Garamond, legenda, dan </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>pilihan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>grafik</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
@@ -5049,547 +5396,1135 @@
         </w:rPr>
         <w:t>grayscale</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="632FC0B7" w14:textId="77777777" w:rsidR="002A218F" w:rsidRPr="008C1929" w:rsidRDefault="002A218F" w:rsidP="000A74FB">
       <w:pPr>
         <w:pStyle w:val="JRKPLPicture"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C1929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2AC6B1D0" wp14:editId="296829AD">
-[...1 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="2540" b="5715"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2AC6B1D0" wp14:editId="5E99A362">
+            <wp:extent cx="2931160" cy="1993900"/>
+            <wp:effectExtent l="0" t="0" r="2540" b="6350"/>
             <wp:docPr id="1" name="Object 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                 <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId14"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A01069F" w14:textId="159D64C2" w:rsidR="002A218F" w:rsidRPr="00185CD6" w:rsidRDefault="002A218F" w:rsidP="0047464C">
+    <w:p w14:paraId="3A01069F" w14:textId="25BAC8C1" w:rsidR="002A218F" w:rsidRPr="00185CD6" w:rsidRDefault="002A218F" w:rsidP="0047464C">
       <w:pPr>
         <w:pStyle w:val="JRKPLPictureCapture"/>
       </w:pPr>
       <w:r w:rsidRPr="00185CD6">
         <w:t xml:space="preserve">Gambar 1. </w:t>
       </w:r>
       <w:r w:rsidR="002E4853" w:rsidRPr="00185CD6">
         <w:t xml:space="preserve">Contoh </w:t>
       </w:r>
       <w:r w:rsidR="00185CD6" w:rsidRPr="00185CD6">
         <w:t>Gambar Grafik</w:t>
       </w:r>
       <w:r w:rsidRPr="00185CD6">
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidR="00DB3AB4">
+        <w:t xml:space="preserve"> Penyajian gambar tanpa bingkai atau </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3AB4" w:rsidRPr="00DB3AB4">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>frame</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3AB4">
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="2C94B4D2" w14:textId="3AC67005" w:rsidR="007C7590" w:rsidRDefault="007C7590" w:rsidP="000A74FB">
       <w:pPr>
         <w:pStyle w:val="JRKPLHeading1"/>
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>ANALISIS DAN ALTERNATIF SOLUSI/PENANGANAN</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FE9AC03" w14:textId="67CE33A4" w:rsidR="007C7590" w:rsidRPr="00A15BD9" w:rsidRDefault="00A15BD9" w:rsidP="000A74FB">
+    <w:p w14:paraId="5FE9AC03" w14:textId="7563CA1D" w:rsidR="007C7590" w:rsidRPr="00DB3AB4" w:rsidRDefault="00A15BD9" w:rsidP="000A74FB">
       <w:pPr>
         <w:pStyle w:val="JRKPLBody"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Analisi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> dan </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Alternatif</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Solusi </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>harus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> m</w:t>
       </w:r>
       <w:r w:rsidR="007C7590">
         <w:t>enyajikan uraian masalah atau pe</w:t>
       </w:r>
       <w:r w:rsidR="00CD130F">
         <w:t>nanganan maupun kritik dan opsi-</w:t>
       </w:r>
       <w:r w:rsidR="007C7590">
         <w:t>opsi kebijakan berdasarkan data dan informasi terkini.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00DB3AB4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Penyajian</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...7 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00DB3AB4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DB3AB4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>disertai</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...7 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00DB3AB4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DB3AB4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>dengan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...7 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00DB3AB4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DB3AB4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mencitasi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DB3AB4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DB3AB4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>pustaka</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00DB3AB4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> yang </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00DB3AB4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>termutakhir</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...21 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00DB3AB4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3AB4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3AB4" w:rsidRPr="00DB3AB4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>up to date</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3AB4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB3AB4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DB3AB4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>relevan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00DB3AB4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68BD9295" w14:textId="77777777" w:rsidR="00185CD6" w:rsidRDefault="00185CD6" w:rsidP="000A74FB">
       <w:pPr>
         <w:pStyle w:val="JRKPLBody"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2278D31F" w14:textId="4E9FE188" w:rsidR="002A218F" w:rsidRPr="008C1929" w:rsidRDefault="00253899" w:rsidP="000A74FB">
       <w:pPr>
         <w:pStyle w:val="JRKPLHeading1"/>
         <w:rPr>
           <w:lang w:val="id-ID"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>DAFTAR PUSTAKA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1048128C" w14:textId="3E2FC78E" w:rsidR="002A218F" w:rsidRPr="00DF567E" w:rsidRDefault="002A218F" w:rsidP="004B725C">
+    <w:p w14:paraId="6C347330" w14:textId="2CE9C10B" w:rsidR="00280C68" w:rsidRDefault="002A218F" w:rsidP="004B725C">
       <w:pPr>
         <w:pStyle w:val="JRKPLBody"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C1929">
         <w:t>Ditulis dalam spa</w:t>
       </w:r>
       <w:r w:rsidR="000A74FB">
         <w:t xml:space="preserve">si tunggal, </w:t>
       </w:r>
       <w:r w:rsidRPr="008C1929">
         <w:t>antar</w:t>
       </w:r>
       <w:r w:rsidR="0033358C">
         <w:rPr>
           <w:lang w:val="en-ID"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008C1929">
-        <w:t xml:space="preserve">daftar pustaka diberi jarak 1 spasi. </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">daftar pustaka </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3AB4">
+        <w:t>tidak diberi jarak</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C1929">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
       <w:r w:rsidR="006363AC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Baris</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Baris </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="006363AC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>kedua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="006363AC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>kedua</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="006363AC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>berikutnya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="006363AC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>dan</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="006363AC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>dibuat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="006363AC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>berikutnya</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006363AC" w:rsidRPr="00DB3AB4">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>indent</w:t>
+      </w:r>
       <w:r w:rsidR="006363AC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> 1 cm </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="006363AC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>dibuat</w:t>
+        <w:t>ke</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="006363AC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> indent 1 cm </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="006363AC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>ke</w:t>
+        <w:t>arah</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="006363AC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="006363AC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>arah</w:t>
+        <w:t>dalam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="006363AC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="006363AC">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002A645C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Sebaiknya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002A645C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002A645C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>menc</w:t>
+      </w:r>
+      <w:r w:rsidR="0005419F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>antumkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0005419F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0005419F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dari</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0005419F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0005419F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>setiap</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0005419F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0005419F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pustaka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0005419F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0005419F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dicitasi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0005419F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00280C68" w:rsidRPr="00280C68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Judul</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00280C68" w:rsidRPr="00280C68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00280C68" w:rsidRPr="00280C68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>artikel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00280C68" w:rsidRPr="00280C68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00280C68" w:rsidRPr="00280C68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>harus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00280C68" w:rsidRPr="00280C68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00280C68" w:rsidRPr="00280C68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>diawali</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00280C68" w:rsidRPr="00280C68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00280C68" w:rsidRPr="00280C68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dengan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00280C68" w:rsidRPr="00280C68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00280C68" w:rsidRPr="00280C68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>huruf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00280C68" w:rsidRPr="00280C68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00280C68" w:rsidRPr="00280C68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kapital</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00280C68" w:rsidRPr="00280C68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pada </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00280C68" w:rsidRPr="00280C68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>setiap</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00280C68" w:rsidRPr="00280C68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00280C68" w:rsidRPr="00280C68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>awal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00280C68" w:rsidRPr="00280C68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kata </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00280C68" w:rsidRPr="00280C68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kecuali</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00280C68" w:rsidRPr="00280C68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pada kata p</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00280C68" w:rsidRPr="00280C68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>enghubung</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00280C68" w:rsidRPr="00280C68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FB5FB46" w14:textId="314C71F6" w:rsidR="00280C68" w:rsidRDefault="00EA1D30" w:rsidP="004B725C">
+      <w:pPr>
+        <w:pStyle w:val="JRKPLBody"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nama </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>jurnal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>harus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>disajikan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>dalam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006363AC">
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>cetak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> miring (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00992585">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>italic</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tidak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>diakhiri</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>titik</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>setelah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>itu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>langsung</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dilanjutkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dengan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> volume dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nomor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kemudian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tanda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>titik</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dua dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nomor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>halaman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...88 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="00280C68">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nama </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00280C68">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>jurnal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00280C68">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00280C68">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tidak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00280C68">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00280C68">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>disingkat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00280C68">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1048128C" w14:textId="18195A9D" w:rsidR="002A218F" w:rsidRPr="00DF567E" w:rsidRDefault="002A218F" w:rsidP="004B725C">
+      <w:pPr>
+        <w:pStyle w:val="JRKPLBody"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="008C1929">
         <w:t xml:space="preserve">Sebagian contoh cara penulisan referensi/acuan di dalam Daftar Pustaka diberikan </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00185CD6">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>contoh</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00185CD6">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CD130F">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="004B725C">
         <w:rPr>
@@ -5603,423 +6538,164 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>bawah</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="004B725C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004B725C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ini</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="004B725C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004B725C" w:rsidRPr="004B725C">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Bagian</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Bagian </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004B725C">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ini</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B725C">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004B725C">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>harus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B725C">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004B725C">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mencantumkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B725C">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> minimal </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3AB4">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lima</w:t>
+      </w:r>
       <w:r w:rsidR="004B725C" w:rsidRPr="004B725C">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="004B725C">
-[...54 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="004B725C" w:rsidRPr="004B725C">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>pustaka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="004B725C" w:rsidRPr="004B725C">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>pustaka</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004B725C" w:rsidRPr="004B725C">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>dari</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="004B725C" w:rsidRPr="004B725C">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>dari</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DF567E">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">JRKPL. </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>JRKPL</w:t>
+      </w:r>
       <w:r w:rsidR="00DF567E">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Frase</w:t>
-[...247 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="37FC46DF" w14:textId="1CCFDE5D" w:rsidR="002A218F" w:rsidRPr="00D2326E" w:rsidRDefault="002A218F" w:rsidP="008B33DE">
       <w:pPr>
         <w:pStyle w:val="JRKPLDaftarPustaka"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D2326E">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Con</w:t>
       </w:r>
       <w:r w:rsidR="00CD130F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>toh jika berasal dari buku teks</w:t>
       </w:r>
@@ -6593,70 +7269,70 @@
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> HYPERLINK "https://doi.org/10.21082/akp.v19n2.2021.189-205" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00E72B57">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>https://doi.org/10.21082/akp.v19n2.2021.189-205</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34761AF2" w14:textId="792F4BA6" w:rsidR="000D4DF3" w:rsidRPr="002A645C" w:rsidRDefault="000D4DF3" w:rsidP="006363AC">
+    <w:p w14:paraId="34761AF2" w14:textId="21729E67" w:rsidR="000D4DF3" w:rsidRPr="002A645C" w:rsidRDefault="000D4DF3" w:rsidP="006363AC">
       <w:pPr>
         <w:pStyle w:val="JRKPLDaftarPustaka"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Mosyaftiani A, Kaswanto RL, Arifin HS. 2018. Potensi Tumbuhan Liar di Sempadan Terbangun Sungai Ciliwung di Kota Bogor sebagai Upaya Restorasi Ekosistem Sungai. </w:t>
       </w:r>
       <w:r w:rsidRPr="0005419F">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Jurnal Risalah Kebijakan Pertanian dan Lingkungan Rumusan Kajian Strategis Bidang Pertanian dan Lingkungan</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> 5(1): 1-13.</w:t>
+        <w:t xml:space="preserve">Jurnal Risalah Kebijakan Pertanian dan Lingkungan </w:t>
+      </w:r>
+      <w:r>
+        <w:t>5(1): 1-13.</w:t>
       </w:r>
       <w:r w:rsidR="002A645C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="002A645C" w:rsidRPr="00E72B57">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://doi.org/10.29244/jkebijakan.v5i1.29781</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="002A645C">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31F476F4" w14:textId="2FCAAF61" w:rsidR="000D4DF3" w:rsidRPr="00856A66" w:rsidRDefault="000D4DF3" w:rsidP="006363AC">
       <w:pPr>
@@ -6784,73 +7460,77 @@
         <w:t xml:space="preserve">Paidi. 2008. Urgensi </w:t>
       </w:r>
       <w:r w:rsidR="000A74FB" w:rsidRPr="008C1929">
         <w:t xml:space="preserve">Pengembangan Kemampuan Pemecahan Masalah </w:t>
       </w:r>
       <w:r w:rsidRPr="008C1929">
         <w:t xml:space="preserve">dan </w:t>
       </w:r>
       <w:r w:rsidR="000A74FB" w:rsidRPr="008C1929">
         <w:t xml:space="preserve">Metakognitif Siswa </w:t>
       </w:r>
       <w:r w:rsidRPr="008C1929">
         <w:t xml:space="preserve">SMA melalui </w:t>
       </w:r>
       <w:r w:rsidR="000A74FB" w:rsidRPr="008C1929">
         <w:t>Pembelajaran Biologi</w:t>
       </w:r>
       <w:r w:rsidRPr="008C1929">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="008C1929">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Prosiding Seminar dan Musyawarah Nasional MIPA</w:t>
       </w:r>
       <w:r w:rsidR="000A74FB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="008C1929">
         <w:t xml:space="preserve"> Yogyakarta: Universitas Negeri Yogyakarta.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24686D62" w14:textId="32D7E642" w:rsidR="000D4DF3" w:rsidRPr="000D4DF3" w:rsidRDefault="000D4DF3" w:rsidP="006363AC">
       <w:pPr>
         <w:pStyle w:val="JRKPLDaftarPustaka"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D4DF3">
-        <w:t xml:space="preserve">Prastiyo YB, Kaswanto RL, Arifin HS. 2020. Plants Diversity of Agroforestry System in Ciliwung Riparian Landscape, Bogor Municipality. </w:t>
+        <w:t xml:space="preserve">Prastiyo YB, Kaswanto RL, Arifin HS. 2020. Plants Diversity of Agroforestry System in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4DF3">
+        <w:t xml:space="preserve">Ciliwung Riparian Landscape, Bogor Municipality. </w:t>
       </w:r>
       <w:r w:rsidRPr="000D4DF3">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>IOP Conference Series: Earth and Environmental Science</w:t>
       </w:r>
       <w:r w:rsidRPr="000D4DF3">
         <w:t xml:space="preserve"> 477(1): 012024. IOP Publishing. </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="00E72B57">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://doi.org/10.1088/1755-1315/477/1/012024</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
@@ -6868,157 +7548,156 @@
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4CAD2DE6" w14:textId="77777777" w:rsidR="002A218F" w:rsidRPr="008C1929" w:rsidRDefault="002A218F" w:rsidP="001F3F81">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="002A218F" w:rsidRPr="008C1929" w:rsidSect="00371D5E">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="37ED0D7C" w14:textId="77777777" w:rsidR="007F03D1" w:rsidRDefault="007F03D1">
+    <w:p w14:paraId="0DE95789" w14:textId="77777777" w:rsidR="005202AE" w:rsidRDefault="005202AE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C2B2C62" w14:textId="77777777" w:rsidR="007F03D1" w:rsidRDefault="007F03D1"/>
+    <w:p w14:paraId="4BCFEE12" w14:textId="77777777" w:rsidR="005202AE" w:rsidRDefault="005202AE"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5A07468B" w14:textId="77777777" w:rsidR="007F03D1" w:rsidRDefault="007F03D1">
+    <w:p w14:paraId="5CA8D091" w14:textId="77777777" w:rsidR="005202AE" w:rsidRDefault="005202AE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="642A2733" w14:textId="77777777" w:rsidR="007F03D1" w:rsidRDefault="007F03D1"/>
+    <w:p w14:paraId="53564350" w14:textId="77777777" w:rsidR="005202AE" w:rsidRDefault="005202AE"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Constantia">
     <w:panose1 w:val="02030602050306030303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1714729369"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="23F5C9B1" w14:textId="3A82E573" w:rsidR="002A218F" w:rsidRPr="0014055E" w:rsidRDefault="00371D5E" w:rsidP="0014055E">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00371D5E">
           <w:rPr>
@@ -7037,51 +7716,51 @@
             <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00761AF6">
           <w:rPr>
             <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00371D5E">
           <w:rPr>
             <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2045628617"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="74E0F736" w14:textId="0C8F6C22" w:rsidR="002A218F" w:rsidRPr="00760256" w:rsidRDefault="00760256" w:rsidP="00760256">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00760256">
           <w:rPr>
             <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
@@ -7099,139 +7778,129 @@
             <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00E04A73">
           <w:rPr>
             <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidRPr="00760256">
           <w:rPr>
             <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="10C4E98F" w14:textId="77777777" w:rsidR="002A218F" w:rsidRPr="00D60037" w:rsidRDefault="002A218F" w:rsidP="00A4500B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D60037">
       <w:rPr>
         <w:rFonts w:ascii="Constantia" w:hAnsi="Constantia"/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="id-ID"/>
       </w:rPr>
       <w:t>Copyright © 2016, JPPM, Print ISSN: 2338-4743, Online ISSN: 2477-2992</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="07846CA2" w14:textId="77777777" w:rsidR="007F03D1" w:rsidRDefault="007F03D1">
+    <w:p w14:paraId="0E609498" w14:textId="77777777" w:rsidR="005202AE" w:rsidRDefault="005202AE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E4840F7" w14:textId="77777777" w:rsidR="007F03D1" w:rsidRDefault="007F03D1"/>
+    <w:p w14:paraId="2A315327" w14:textId="77777777" w:rsidR="005202AE" w:rsidRDefault="005202AE"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="245DF54E" w14:textId="77777777" w:rsidR="007F03D1" w:rsidRDefault="007F03D1">
+    <w:p w14:paraId="2F1F9515" w14:textId="77777777" w:rsidR="005202AE" w:rsidRDefault="005202AE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43986809" w14:textId="77777777" w:rsidR="007F03D1" w:rsidRDefault="007F03D1"/>
+    <w:p w14:paraId="69A708DD" w14:textId="77777777" w:rsidR="005202AE" w:rsidRDefault="005202AE"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="1570BAC2" w14:textId="77777777" w:rsidR="00D2326E" w:rsidRPr="00A92532" w:rsidRDefault="00D2326E" w:rsidP="00E04A73">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-ID"/>
       </w:rPr>
     </w:pPr>
     <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00A92532">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-ID"/>
       </w:rPr>
       <w:t>Judul</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00A92532">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-ID"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve"> Artikel</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="493C0040" w14:textId="77777777" w:rsidR="00E04A73" w:rsidRPr="00A92532" w:rsidRDefault="00E04A73" w:rsidP="00E04A73">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-ID"/>
       </w:rPr>
     </w:pPr>
     <w:proofErr w:type="spellStart"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-ID"/>
       </w:rPr>
       <w:t>Jurnal</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-ID"/>
@@ -7268,94 +7937,76 @@
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00A92532">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-ID"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00A92532">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-ID"/>
       </w:rPr>
       <w:t>Pertanian</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00A92532">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-ID"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve"> dan </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00A92532">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-ID"/>
       </w:rPr>
       <w:t>Lingkungan</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00A92532">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-ID"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="33DB5B0A" w14:textId="52A796A5" w:rsidR="00D2326E" w:rsidRPr="00A92532" w:rsidRDefault="000A74FB" w:rsidP="00D2326E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-ID"/>
       </w:rPr>
     </w:pPr>
     <w:proofErr w:type="spellStart"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-ID"/>
       </w:rPr>
       <w:t>Jurnal</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-ID"/>
@@ -7392,223 +8043,175 @@
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidR="00D2326E" w:rsidRPr="00A92532">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-ID"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r w:rsidR="00D2326E" w:rsidRPr="00A92532">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-ID"/>
       </w:rPr>
       <w:t>Pertanian</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidR="00D2326E" w:rsidRPr="00A92532">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-ID"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve"> dan </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r w:rsidR="00D2326E" w:rsidRPr="00A92532">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-ID"/>
       </w:rPr>
       <w:t>Lingkungan</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidR="00D2326E" w:rsidRPr="00A92532">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-ID"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="01405C7D" w14:textId="77777777" w:rsidR="00D2326E" w:rsidRPr="00A92532" w:rsidRDefault="00D2326E" w:rsidP="00D2326E">
+  <w:p w14:paraId="01405C7D" w14:textId="6B70EDB2" w:rsidR="00D2326E" w:rsidRPr="00A92532" w:rsidRDefault="00D2326E" w:rsidP="00D2326E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-ID"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00A92532">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-ID"/>
       </w:rPr>
-      <w:t xml:space="preserve">Vol. x </w:t>
+      <w:t>Vol. x No.</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidR="00DB3AB4">
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:sz w:val="22"/>
+        <w:lang w:val="en-ID"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
     <w:r w:rsidRPr="00A92532">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-ID"/>
       </w:rPr>
-      <w:t>No.x</w:t>
-[...8 lines deleted...]
-      <w:t xml:space="preserve">, </w:t>
+      <w:t xml:space="preserve">x, </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00A92532">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-ID"/>
       </w:rPr>
       <w:t>T</w:t>
     </w:r>
     <w:r w:rsidR="00A92532" w:rsidRPr="00A92532">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-ID"/>
       </w:rPr>
       <w:t>ahun</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidR="00A92532" w:rsidRPr="00A92532">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-ID"/>
       </w:rPr>
       <w:t xml:space="preserve"> 20xx</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1D28D053" w14:textId="77777777" w:rsidR="00D2326E" w:rsidRPr="00A92532" w:rsidRDefault="00D2326E" w:rsidP="00D2326E">
-[...28 lines deleted...]
-  <w:p w14:paraId="41CCBA5F" w14:textId="77777777" w:rsidR="00D2326E" w:rsidRPr="00A92532" w:rsidRDefault="00D2326E" w:rsidP="00A92532">
+  <w:p w14:paraId="1D28D053" w14:textId="749B9B42" w:rsidR="00D2326E" w:rsidRPr="00A92532" w:rsidRDefault="00D2326E" w:rsidP="00D2326E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-ID"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00A92532">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-ID"/>
       </w:rPr>
-      <w:t>E-</w:t>
+      <w:t>ISSN: 2355-6226</w:t>
     </w:r>
-    <w:proofErr w:type="gramStart"/>
+  </w:p>
+  <w:p w14:paraId="41CCBA5F" w14:textId="10A029D1" w:rsidR="00D2326E" w:rsidRPr="00A92532" w:rsidRDefault="00D2326E" w:rsidP="00A92532">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:sz w:val="22"/>
+        <w:lang w:val="en-ID"/>
+      </w:rPr>
+    </w:pPr>
     <w:r w:rsidRPr="00A92532">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="22"/>
         <w:lang w:val="en-ID"/>
       </w:rPr>
-      <w:t>ISSN :</w:t>
-[...8 lines deleted...]
-      <w:t xml:space="preserve"> 2477-0299</w:t>
+      <w:t>E-ISSN: 2477-0299</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A0F3AB0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="195413C4"/>
     <w:lvl w:ilvl="0" w:tplc="813E8FCC">
       <w:start w:val="3"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -8747,207 +9350,211 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1362705049">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="841699600">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1725911507">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="2119059394">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="262612462">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1839928352">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="2107264553">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1136610275">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="228738072">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1616862303">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1516770784">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1352495008">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="150"/>
   <w:mirrorMargins/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F21" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:evenAndOddHeaders/>
   <w:drawingGridHorizontalSpacing w:val="57"/>
   <w:drawingGridVerticalSpacing w:val="57"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BD5F06"/>
     <w:rsid w:val="00031D7A"/>
     <w:rsid w:val="00033B1D"/>
     <w:rsid w:val="00042621"/>
     <w:rsid w:val="00051CDE"/>
     <w:rsid w:val="0005419F"/>
     <w:rsid w:val="0005724B"/>
     <w:rsid w:val="00063AC7"/>
     <w:rsid w:val="00064896"/>
     <w:rsid w:val="0008319E"/>
     <w:rsid w:val="000848A4"/>
     <w:rsid w:val="0009381C"/>
     <w:rsid w:val="000976D3"/>
     <w:rsid w:val="000A74FB"/>
     <w:rsid w:val="000C4AE3"/>
     <w:rsid w:val="000D40D7"/>
     <w:rsid w:val="000D4DF3"/>
     <w:rsid w:val="000D5696"/>
     <w:rsid w:val="000E4278"/>
     <w:rsid w:val="000E74A7"/>
     <w:rsid w:val="000F1AE6"/>
     <w:rsid w:val="00112377"/>
     <w:rsid w:val="00114A58"/>
     <w:rsid w:val="0014055E"/>
     <w:rsid w:val="00147EFC"/>
     <w:rsid w:val="00153B8A"/>
     <w:rsid w:val="00175307"/>
     <w:rsid w:val="00185CD6"/>
     <w:rsid w:val="001940ED"/>
     <w:rsid w:val="001B6E09"/>
     <w:rsid w:val="001B725E"/>
     <w:rsid w:val="001D082E"/>
     <w:rsid w:val="001D39E7"/>
     <w:rsid w:val="001F3F81"/>
     <w:rsid w:val="001F5833"/>
     <w:rsid w:val="00200551"/>
     <w:rsid w:val="00206EEA"/>
     <w:rsid w:val="002201E3"/>
     <w:rsid w:val="002212AD"/>
     <w:rsid w:val="0023064B"/>
     <w:rsid w:val="00244B64"/>
     <w:rsid w:val="00253899"/>
     <w:rsid w:val="00272374"/>
+    <w:rsid w:val="00280C68"/>
     <w:rsid w:val="002A02D3"/>
     <w:rsid w:val="002A218F"/>
     <w:rsid w:val="002A645C"/>
     <w:rsid w:val="002D3CEC"/>
     <w:rsid w:val="002E4853"/>
     <w:rsid w:val="00320F5A"/>
     <w:rsid w:val="00322EE9"/>
     <w:rsid w:val="0033358C"/>
     <w:rsid w:val="003378E9"/>
     <w:rsid w:val="003510A7"/>
     <w:rsid w:val="00351C29"/>
     <w:rsid w:val="00353269"/>
     <w:rsid w:val="00355FC7"/>
     <w:rsid w:val="003632BE"/>
     <w:rsid w:val="00371D5E"/>
     <w:rsid w:val="00371F0B"/>
     <w:rsid w:val="00372F6A"/>
     <w:rsid w:val="003806F5"/>
     <w:rsid w:val="00396C1C"/>
     <w:rsid w:val="003A356F"/>
     <w:rsid w:val="003A39DC"/>
     <w:rsid w:val="003C6A90"/>
     <w:rsid w:val="003E3C5E"/>
     <w:rsid w:val="003E413F"/>
     <w:rsid w:val="00400E03"/>
     <w:rsid w:val="00404858"/>
     <w:rsid w:val="00410367"/>
     <w:rsid w:val="00471301"/>
     <w:rsid w:val="0047464C"/>
     <w:rsid w:val="00482F7E"/>
     <w:rsid w:val="00496F69"/>
+    <w:rsid w:val="004A3F35"/>
     <w:rsid w:val="004A62DD"/>
     <w:rsid w:val="004B725C"/>
     <w:rsid w:val="004B7E59"/>
     <w:rsid w:val="004C3A79"/>
     <w:rsid w:val="004C6C48"/>
     <w:rsid w:val="004D4690"/>
     <w:rsid w:val="004D6E85"/>
     <w:rsid w:val="004E3895"/>
     <w:rsid w:val="005026AA"/>
     <w:rsid w:val="0050454B"/>
     <w:rsid w:val="005047C2"/>
     <w:rsid w:val="00504A45"/>
     <w:rsid w:val="00510350"/>
     <w:rsid w:val="005123E9"/>
+    <w:rsid w:val="005202AE"/>
     <w:rsid w:val="005330AE"/>
     <w:rsid w:val="0053386D"/>
     <w:rsid w:val="0054363A"/>
     <w:rsid w:val="00545BD1"/>
     <w:rsid w:val="0056556D"/>
     <w:rsid w:val="005658FE"/>
     <w:rsid w:val="00572ADF"/>
     <w:rsid w:val="00581ABC"/>
     <w:rsid w:val="00582543"/>
     <w:rsid w:val="005836CF"/>
     <w:rsid w:val="00584CE6"/>
     <w:rsid w:val="005859F3"/>
     <w:rsid w:val="005A7B34"/>
     <w:rsid w:val="005B140E"/>
     <w:rsid w:val="005B4AC3"/>
     <w:rsid w:val="00605711"/>
     <w:rsid w:val="006076D4"/>
     <w:rsid w:val="00610CF5"/>
     <w:rsid w:val="0061323E"/>
     <w:rsid w:val="00614DCD"/>
     <w:rsid w:val="00632DB2"/>
     <w:rsid w:val="00633B54"/>
     <w:rsid w:val="006363AC"/>
     <w:rsid w:val="00641A2E"/>
     <w:rsid w:val="00644976"/>
@@ -8985,198 +9592,204 @@
     <w:rsid w:val="00845AB5"/>
     <w:rsid w:val="00856A66"/>
     <w:rsid w:val="008639FC"/>
     <w:rsid w:val="00866D91"/>
     <w:rsid w:val="0088151D"/>
     <w:rsid w:val="008A42AF"/>
     <w:rsid w:val="008A5C36"/>
     <w:rsid w:val="008B1526"/>
     <w:rsid w:val="008B2A5E"/>
     <w:rsid w:val="008B33DE"/>
     <w:rsid w:val="008B6FC1"/>
     <w:rsid w:val="008C1929"/>
     <w:rsid w:val="008C1D60"/>
     <w:rsid w:val="008D1D38"/>
     <w:rsid w:val="008D7821"/>
     <w:rsid w:val="008E254C"/>
     <w:rsid w:val="008E6AA5"/>
     <w:rsid w:val="0090316E"/>
     <w:rsid w:val="00921C2F"/>
     <w:rsid w:val="009405B9"/>
     <w:rsid w:val="00946E62"/>
     <w:rsid w:val="00952379"/>
     <w:rsid w:val="00954FF2"/>
     <w:rsid w:val="00964038"/>
     <w:rsid w:val="00975036"/>
+    <w:rsid w:val="00992585"/>
     <w:rsid w:val="00993663"/>
+    <w:rsid w:val="009A663F"/>
     <w:rsid w:val="009B1EA8"/>
     <w:rsid w:val="009C2CFF"/>
     <w:rsid w:val="009E276A"/>
     <w:rsid w:val="009F294A"/>
     <w:rsid w:val="009F4FCA"/>
     <w:rsid w:val="00A00A4E"/>
     <w:rsid w:val="00A15BD9"/>
     <w:rsid w:val="00A33713"/>
     <w:rsid w:val="00A33882"/>
     <w:rsid w:val="00A36F7C"/>
     <w:rsid w:val="00A42204"/>
     <w:rsid w:val="00A4500B"/>
     <w:rsid w:val="00A457B2"/>
     <w:rsid w:val="00A514F5"/>
     <w:rsid w:val="00A53D93"/>
     <w:rsid w:val="00A60DCC"/>
     <w:rsid w:val="00A65826"/>
     <w:rsid w:val="00A84414"/>
     <w:rsid w:val="00A92532"/>
     <w:rsid w:val="00A9638D"/>
     <w:rsid w:val="00AB1671"/>
     <w:rsid w:val="00AB636B"/>
     <w:rsid w:val="00AD1DFA"/>
     <w:rsid w:val="00AD7E2E"/>
     <w:rsid w:val="00AF73D2"/>
     <w:rsid w:val="00B10E24"/>
     <w:rsid w:val="00B13D13"/>
     <w:rsid w:val="00B2182D"/>
     <w:rsid w:val="00B349BF"/>
+    <w:rsid w:val="00B50833"/>
     <w:rsid w:val="00B531E1"/>
     <w:rsid w:val="00B704DC"/>
     <w:rsid w:val="00B92490"/>
     <w:rsid w:val="00B93CE0"/>
     <w:rsid w:val="00BA5672"/>
     <w:rsid w:val="00BB19AC"/>
     <w:rsid w:val="00BC210A"/>
     <w:rsid w:val="00BD5F06"/>
     <w:rsid w:val="00BE0E2F"/>
     <w:rsid w:val="00BE170B"/>
     <w:rsid w:val="00BE4B81"/>
     <w:rsid w:val="00BE7C28"/>
     <w:rsid w:val="00BF211B"/>
     <w:rsid w:val="00BF328B"/>
     <w:rsid w:val="00C17C1B"/>
     <w:rsid w:val="00C213DE"/>
     <w:rsid w:val="00C2330B"/>
     <w:rsid w:val="00C2614F"/>
     <w:rsid w:val="00C32E2D"/>
     <w:rsid w:val="00C5709A"/>
     <w:rsid w:val="00C81601"/>
     <w:rsid w:val="00CA3D62"/>
     <w:rsid w:val="00CA5171"/>
     <w:rsid w:val="00CA6E8F"/>
     <w:rsid w:val="00CA6E9A"/>
     <w:rsid w:val="00CD130F"/>
     <w:rsid w:val="00CD41A8"/>
+    <w:rsid w:val="00CD5ABF"/>
     <w:rsid w:val="00D13A67"/>
     <w:rsid w:val="00D13BE5"/>
     <w:rsid w:val="00D2326E"/>
     <w:rsid w:val="00D60037"/>
     <w:rsid w:val="00D616C9"/>
     <w:rsid w:val="00D72266"/>
     <w:rsid w:val="00D7626C"/>
     <w:rsid w:val="00D84818"/>
     <w:rsid w:val="00D855EF"/>
+    <w:rsid w:val="00DB3AB4"/>
     <w:rsid w:val="00DB77CD"/>
     <w:rsid w:val="00DD12CD"/>
     <w:rsid w:val="00DD663E"/>
     <w:rsid w:val="00DF2B99"/>
     <w:rsid w:val="00DF4332"/>
     <w:rsid w:val="00DF567E"/>
     <w:rsid w:val="00E037D1"/>
     <w:rsid w:val="00E04A73"/>
     <w:rsid w:val="00E22B2D"/>
     <w:rsid w:val="00E336E8"/>
     <w:rsid w:val="00E4199B"/>
     <w:rsid w:val="00E56C57"/>
     <w:rsid w:val="00E600EB"/>
     <w:rsid w:val="00E652AF"/>
     <w:rsid w:val="00E71480"/>
     <w:rsid w:val="00E7245E"/>
     <w:rsid w:val="00E73C0A"/>
     <w:rsid w:val="00E918EE"/>
     <w:rsid w:val="00EA0CC8"/>
+    <w:rsid w:val="00EA1D30"/>
     <w:rsid w:val="00EA5967"/>
     <w:rsid w:val="00EB008A"/>
     <w:rsid w:val="00EB0815"/>
     <w:rsid w:val="00EB3BE4"/>
     <w:rsid w:val="00EC1C42"/>
     <w:rsid w:val="00EC4883"/>
     <w:rsid w:val="00EE0D32"/>
     <w:rsid w:val="00EE14CB"/>
     <w:rsid w:val="00F00C01"/>
     <w:rsid w:val="00F0436B"/>
     <w:rsid w:val="00F272A4"/>
     <w:rsid w:val="00F579DC"/>
     <w:rsid w:val="00F65949"/>
     <w:rsid w:val="00F723C8"/>
     <w:rsid w:val="00F81405"/>
     <w:rsid w:val="00FA3380"/>
     <w:rsid w:val="00FB09ED"/>
     <w:rsid w:val="00FB77AA"/>
     <w:rsid w:val="00FC1837"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="id-ID" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="62DCBD80"/>
   <w14:defaultImageDpi w14:val="0"/>
   <w15:docId w15:val="{55D53515-5532-48B0-9B7C-7046EBDB42C7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="id-ID" w:eastAsia="id-ID" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9496,50 +10109,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00BB19AC"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="JRKPL TITLE"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:rsid w:val="00644A95"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="240"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
@@ -10028,67 +10646,67 @@
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00A00A4E"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:aliases w:val="JRKPL TITLE Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:rsid w:val="00644A95"/>
     <w:rPr>
       <w:rFonts w:ascii="Garamond" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Garamond" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
+    <w:name w:val="Unresolved Mention1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005330AE"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="131169864">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
   <w:pixelsPerInch w:val="120"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1088/1755-1315/477/1/012024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00219266.1992.9655237" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.29244/jkebijakan.v5i1.29781" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.13057/biodiv/d241136" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/></Relationships>
 </file>
 
@@ -11362,73 +11980,73 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9B512703-50CB-438B-BBFC-E3175BA022E3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>7251</Characters>
+  <Pages>4</Pages>
+  <Words>1365</Words>
+  <Characters>7784</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>60</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>64</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>JUDUL DALAM BAHASA INDONESIA, DITULIS DENGAN HURUF TNR-14 BOLD, MAKSIMAL 14 KATA, RATA KIRI</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager>Kaswanto</Manager>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8505</CharactersWithSpaces>
+  <CharactersWithSpaces>9131</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>JRKPL IPB University</dc:title>
   <dc:subject>Jurnal Risalah Kebijakan Pertanian dan Lingkungan</dc:subject>
   <dc:creator>JRKPL</dc:creator>
   <cp:keywords>JRKPL;IPB;DKASRA</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>